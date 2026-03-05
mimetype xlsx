--- v0 (2025-12-18)
+++ v1 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb5e8f205a44b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8139f40898843f2a8f26bf07fb23087.psmdcp" Id="Rfbd1cfc5c8534cbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd233c995882f4098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc4891e5b9844a5bb2fb67c4f8584f26.psmdcp" Id="R5de1abb49cc140cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Reti Promozionali" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Rete promozionale</x:t>
   </x:si>
   <x:si>
     <x:t>Codice rete</x:t>
   </x:si>
   <x:si>
@@ -82,51 +82,51 @@
   <x:si>
     <x:t>PIAZZA DANTE, 89</x:t>
   </x:si>
   <x:si>
     <x:t>80135</x:t>
   </x:si>
   <x:si>
     <x:t>NAPOLI</x:t>
   </x:si>
   <x:si>
     <x:t>commerciale@edises.it</x:t>
   </x:si>
   <x:si>
     <x:t>0817441706</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE</x:t>
   </x:si>
   <x:si>
     <x:t>ML</x:t>
   </x:si>
   <x:si>
     <x:t>VIA VERDI, 8</x:t>
   </x:si>
   <x:si>
-    <x:t>20090</x:t>
+    <x:t>20057</x:t>
   </x:si>
   <x:si>
     <x:t>ASSAGO</x:t>
   </x:si>
   <x:si>
     <x:t>segreteria@emmepromozione.it</x:t>
   </x:si>
   <x:si>
     <x:t>02/457741</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE CULT</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE JUNIOR</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE NETWORK</x:t>
   </x:si>
   <x:si>
     <x:t>EMME PROMOZIONE NEXT</x:t>
   </x:si>
   <x:si>
     <x:t>EUROPEA</x:t>
   </x:si>
@@ -187,101 +187,131 @@
   <x:si>
     <x:t>080/528121</x:t>
   </x:si>
   <x:si>
     <x:t>LYR S.R.L.</x:t>
   </x:si>
   <x:si>
     <x:t>UD</x:t>
   </x:si>
   <x:si>
     <x:t>VIA G. DA VERRAZANO ,15</x:t>
   </x:si>
   <x:si>
     <x:t>28100</x:t>
   </x:si>
   <x:si>
     <x:t>NOVARA</x:t>
   </x:si>
   <x:si>
     <x:t>info.librai@promozionelyr.it</x:t>
   </x:si>
   <x:si>
     <x:t>3490095731</x:t>
   </x:si>
   <x:si>
+    <x:t>MACRO GRUPPO EDITORIALE SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIA GIARDINO NR30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESENA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>valentina.montalti@gruppomacro.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3382424313</x:t>
+  </x:si>
+  <x:si>
     <x:t>MCGRAW-HILL EDUCATION ITALY</x:t>
   </x:si>
   <x:si>
     <x:t>MH</x:t>
   </x:si>
   <x:si>
     <x:t>VIA RIPAMONTI 89</x:t>
   </x:si>
   <x:si>
     <x:t>20141</x:t>
   </x:si>
   <x:si>
     <x:t>commerciale.italy@mheducation.com</x:t>
   </x:si>
   <x:si>
     <x:t>025357181</x:t>
   </x:si>
   <x:si>
-    <x:t>NW CONSULENZA MARKETING EDIT.</x:t>
-[...14 lines deleted...]
-    <x:t>0284934528</x:t>
+    <x:t>NEWMEDI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIAZZA MALPIGHI, 6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOLOGNA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>info@newmedi.it</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0512757311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEWMEDI SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PIAZZA MALPIGHI 6</x:t>
   </x:si>
   <x:si>
     <x:t>PDE SERVICE</x:t>
   </x:si>
   <x:si>
     <x:t>SV</x:t>
   </x:si>
   <x:si>
     <x:t>VIA ZAGO, 2/2</x:t>
   </x:si>
   <x:si>
     <x:t>40128</x:t>
   </x:si>
   <x:si>
-    <x:t>BOLOGNA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>service@pde.it</x:t>
   </x:si>
   <x:si>
     <x:t>0274815486</x:t>
   </x:si>
   <x:si>
     <x:t>PDE SERVIZI COMM. PER EDITORIA</x:t>
   </x:si>
   <x:si>
     <x:t>PP</x:t>
   </x:si>
   <x:si>
     <x:t>direzione@pde.it</x:t>
   </x:si>
   <x:si>
     <x:t>0274815691</x:t>
   </x:si>
   <x:si>
     <x:t>PEA ITALIA</x:t>
   </x:si>
   <x:si>
     <x:t>PI</x:t>
   </x:si>
   <x:si>
     <x:t>Via Spallanzani, 16</x:t>
@@ -299,68 +329,50 @@
     <x:t>VIA ARCHIMEDE,51</x:t>
   </x:si>
   <x:si>
     <x:t>francesca.ferrari@pearson.com</x:t>
   </x:si>
   <x:si>
     <x:t>0274823331</x:t>
   </x:si>
   <x:si>
     <x:t>PROLIBRO</x:t>
   </x:si>
   <x:si>
     <x:t>PL</x:t>
   </x:si>
   <x:si>
     <x:t>Via Gherardini, 10</x:t>
   </x:si>
   <x:si>
     <x:t>20145</x:t>
   </x:si>
   <x:si>
     <x:t>prolibro@prolibro.it</x:t>
   </x:si>
   <x:si>
     <x:t>02/34597630</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>051/2757311</x:t>
   </x:si>
   <x:si>
     <x:t>PROMEDIA ITALIA SERVICE</x:t>
   </x:si>
   <x:si>
     <x:t>PR</x:t>
   </x:si>
   <x:si>
     <x:t>VIA ADDA ,  13</x:t>
   </x:si>
   <x:si>
     <x:t>20035</x:t>
   </x:si>
   <x:si>
     <x:t>LISSONE</x:t>
   </x:si>
   <x:si>
     <x:t>promedia.italia@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>3355801999</x:t>
   </x:si>
   <x:si>
     <x:t>PROMOCOMIX</x:t>
   </x:si>
@@ -742,62 +754,62 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G23"/>
+  <x:dimension ref="A1:G24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="33.424911" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="32.567768" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="27.710625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="14.853482" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="35.282054" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="36.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.424911" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="20" customHeight="1" s="1" customFormat="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
@@ -1047,284 +1059,307 @@
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="s">
+      <x:c r="C20" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C20" s="0" t="s">
+      <x:c r="D20" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="D20" s="0" t="s">
+      <x:c r="G20" s="0" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="s">
+      <x:c r="D21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="s">
+      <x:c r="E21" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="D21" s="0" t="s">
+      <x:c r="G21" s="0" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="s">
+      <x:c r="E22" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="s">
+      <x:c r="F22" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D22" s="0" t="s">
+      <x:c r="G22" s="0" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C23" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="B23" s="0" t="s">
+      <x:c r="D23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C23" s="0" t="s">
+      <x:c r="E23" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="D23" s="0" t="s">
+      <x:c r="F23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E23" s="0" t="s">
+    </x:row>
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="F23" s="0" t="s">
+      <x:c r="B24" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="E24" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="F24" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G23" s="0" t="s">
-        <x:v>121</x:v>
+      <x:c r="G24" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Reti Promozionali</vt:lpstr>
       <vt:lpstr>Reti Promozionali!Print_Area</vt:lpstr>
       <vt:lpstr>Reti Promozionali!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>